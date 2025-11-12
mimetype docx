--- v0 (2025-10-23)
+++ v1 (2025-11-12)
@@ -2330,88 +2330,88 @@
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BF16B1" w:rsidRPr="00A35FDB" w:rsidSect="00B42D8F">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="864" w:right="1080" w:bottom="864" w:left="1080" w:header="576" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51DE380A" w14:textId="77777777" w:rsidR="00B76D7A" w:rsidRDefault="00B76D7A" w:rsidP="00612F82">
+    <w:p w14:paraId="746CB1D7" w14:textId="77777777" w:rsidR="00B56971" w:rsidRDefault="00B56971" w:rsidP="00612F82">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F1563DD" w14:textId="77777777" w:rsidR="00B76D7A" w:rsidRDefault="00B76D7A" w:rsidP="00612F82">
+    <w:p w14:paraId="663EEBDD" w14:textId="77777777" w:rsidR="00B56971" w:rsidRDefault="00B56971" w:rsidP="00612F82">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
@@ -2577,54 +2577,97 @@
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:rPr>
       <w:t>d</w:t>
     </w:r>
     <w:r w:rsidR="00856411">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00856411" w:rsidRPr="00B42D8F">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:highlight w:val="yellow"/>
       </w:rPr>
       <w:t>(DATE)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4504979E" w14:textId="09EDD45B" w:rsidR="00475366" w:rsidRPr="00475366" w:rsidRDefault="00475366" w:rsidP="00475366">
+  <w:p w14:paraId="6E638CFA" w14:textId="2CAFCB66" w:rsidR="00475366" w:rsidRPr="00722022" w:rsidRDefault="00475366" w:rsidP="007843C4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:ind w:right="360"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00722022">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Ortho-Bionomy® is a registered trademark of the Society of Ortho-Bionomy International, Inc. </w:t>
+    </w:r>
+    <w:r w:rsidR="007843C4">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>is used with permission.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="55AF2BC9" w14:textId="5161BC91" w:rsidR="00373430" w:rsidRDefault="00373430" w:rsidP="00B42D8F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="105E868B" w14:textId="77777777" w:rsidR="007843C4" w:rsidRPr="00475366" w:rsidRDefault="007843C4" w:rsidP="007843C4">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="84"/>
       <w:ind w:right="20"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00475366">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2671,105 +2714,84 @@
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00475366">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00475366">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> of 1</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="6E638CFA" w14:textId="77777777" w:rsidR="00475366" w:rsidRPr="00722022" w:rsidRDefault="00475366" w:rsidP="00475366">
+  <w:p w14:paraId="1C552B95" w14:textId="46B51941" w:rsidR="007843C4" w:rsidRPr="00475366" w:rsidRDefault="007843C4" w:rsidP="00B42D8F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
+      <w:rPr>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-    </w:pPr>
-[...27 lines deleted...]
-      <w:t>and is used with permission.</w:t>
+      <w:t>Updated September 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E3E92B7" w14:textId="77777777" w:rsidR="00B76D7A" w:rsidRDefault="00B76D7A" w:rsidP="00612F82">
+    <w:p w14:paraId="6B8DF4BD" w14:textId="77777777" w:rsidR="00B56971" w:rsidRDefault="00B56971" w:rsidP="00612F82">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="711D7610" w14:textId="77777777" w:rsidR="00B76D7A" w:rsidRDefault="00B76D7A" w:rsidP="00612F82">
+    <w:p w14:paraId="65D8BAC2" w14:textId="77777777" w:rsidR="00B56971" w:rsidRDefault="00B56971" w:rsidP="00612F82">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3A2C0169" w14:textId="46A89823" w:rsidR="00133FE8" w:rsidRDefault="00133FE8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CE15101" wp14:editId="10807EB8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4978400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
@@ -14171,50 +14193,51 @@
     <w:rsid w:val="00730C2A"/>
     <w:rsid w:val="00731503"/>
     <w:rsid w:val="00731A9B"/>
     <w:rsid w:val="00734523"/>
     <w:rsid w:val="007347C9"/>
     <w:rsid w:val="00736399"/>
     <w:rsid w:val="0073691D"/>
     <w:rsid w:val="007374F4"/>
     <w:rsid w:val="007404DA"/>
     <w:rsid w:val="00741B04"/>
     <w:rsid w:val="007449CF"/>
     <w:rsid w:val="00745E7A"/>
     <w:rsid w:val="00747505"/>
     <w:rsid w:val="00755762"/>
     <w:rsid w:val="00756261"/>
     <w:rsid w:val="0076082F"/>
     <w:rsid w:val="00760D4C"/>
     <w:rsid w:val="00760E0D"/>
     <w:rsid w:val="00762137"/>
     <w:rsid w:val="00764861"/>
     <w:rsid w:val="00770B1D"/>
     <w:rsid w:val="00775484"/>
     <w:rsid w:val="00777966"/>
     <w:rsid w:val="00780C28"/>
     <w:rsid w:val="007824DD"/>
+    <w:rsid w:val="007843C4"/>
     <w:rsid w:val="007924BD"/>
     <w:rsid w:val="007930A0"/>
     <w:rsid w:val="007931D8"/>
     <w:rsid w:val="007A0FCA"/>
     <w:rsid w:val="007A1435"/>
     <w:rsid w:val="007A29B0"/>
     <w:rsid w:val="007A550B"/>
     <w:rsid w:val="007B00D2"/>
     <w:rsid w:val="007B1FF4"/>
     <w:rsid w:val="007B2804"/>
     <w:rsid w:val="007B2DC4"/>
     <w:rsid w:val="007B4B65"/>
     <w:rsid w:val="007B55F7"/>
     <w:rsid w:val="007B5E4B"/>
     <w:rsid w:val="007C20D5"/>
     <w:rsid w:val="007C45A3"/>
     <w:rsid w:val="007D3483"/>
     <w:rsid w:val="007D48BB"/>
     <w:rsid w:val="007D7057"/>
     <w:rsid w:val="007D7236"/>
     <w:rsid w:val="007E0350"/>
     <w:rsid w:val="007E0F65"/>
     <w:rsid w:val="007F32F8"/>
     <w:rsid w:val="007F7507"/>
     <w:rsid w:val="00807F23"/>
@@ -14351,50 +14374,51 @@
     <w:rsid w:val="00AE2309"/>
     <w:rsid w:val="00AE3837"/>
     <w:rsid w:val="00AE3DD9"/>
     <w:rsid w:val="00AE4770"/>
     <w:rsid w:val="00AE501D"/>
     <w:rsid w:val="00AE5130"/>
     <w:rsid w:val="00AF31F2"/>
     <w:rsid w:val="00AF5F15"/>
     <w:rsid w:val="00AF6941"/>
     <w:rsid w:val="00AF7629"/>
     <w:rsid w:val="00B06B0B"/>
     <w:rsid w:val="00B07494"/>
     <w:rsid w:val="00B07A5E"/>
     <w:rsid w:val="00B11126"/>
     <w:rsid w:val="00B16398"/>
     <w:rsid w:val="00B17E1E"/>
     <w:rsid w:val="00B25DD2"/>
     <w:rsid w:val="00B25F08"/>
     <w:rsid w:val="00B319CC"/>
     <w:rsid w:val="00B3318A"/>
     <w:rsid w:val="00B357DB"/>
     <w:rsid w:val="00B42D8F"/>
     <w:rsid w:val="00B50B85"/>
     <w:rsid w:val="00B51109"/>
     <w:rsid w:val="00B51137"/>
+    <w:rsid w:val="00B56971"/>
     <w:rsid w:val="00B627DC"/>
     <w:rsid w:val="00B64761"/>
     <w:rsid w:val="00B65997"/>
     <w:rsid w:val="00B6600A"/>
     <w:rsid w:val="00B67412"/>
     <w:rsid w:val="00B70671"/>
     <w:rsid w:val="00B76D7A"/>
     <w:rsid w:val="00B83D4F"/>
     <w:rsid w:val="00B84CF3"/>
     <w:rsid w:val="00B901CE"/>
     <w:rsid w:val="00B96823"/>
     <w:rsid w:val="00BA6619"/>
     <w:rsid w:val="00BA7757"/>
     <w:rsid w:val="00BB318C"/>
     <w:rsid w:val="00BB5E85"/>
     <w:rsid w:val="00BB65A8"/>
     <w:rsid w:val="00BC28C8"/>
     <w:rsid w:val="00BC56BD"/>
     <w:rsid w:val="00BD3C64"/>
     <w:rsid w:val="00BD4CB3"/>
     <w:rsid w:val="00BD57F3"/>
     <w:rsid w:val="00BD634B"/>
     <w:rsid w:val="00BE5A64"/>
     <w:rsid w:val="00BF16B1"/>
     <w:rsid w:val="00BF2C2E"/>