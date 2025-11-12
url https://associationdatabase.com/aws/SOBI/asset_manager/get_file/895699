--- v0 (2025-10-23)
+++ v1 (2025-11-12)
@@ -1,44 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="199C8AD6" w14:textId="3843139D" w:rsidR="00F34857" w:rsidRPr="00FF6822" w:rsidRDefault="00F34857" w:rsidP="00703CB6">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc143589756"/>
       <w:r w:rsidRPr="00FF6822">
@@ -1527,50 +1526,52 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Text26"/>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -1689,50 +1690,52 @@
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -1866,50 +1869,52 @@
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -1993,50 +1998,52 @@
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -2095,50 +2102,52 @@
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -2233,50 +2242,52 @@
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -2335,50 +2346,52 @@
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -2399,106 +2412,105 @@
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="001A6CA6" w:rsidRPr="001A6CA6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00F34857" w:rsidRPr="00CF5DF9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BF16B1" w:rsidRPr="00D8704B" w:rsidSect="00703CB6">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="864" w:right="1080" w:bottom="864" w:left="1080" w:header="576" w:footer="576" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72A798C2" w14:textId="77777777" w:rsidR="006905CF" w:rsidRDefault="006905CF" w:rsidP="00612F82">
+    <w:p w14:paraId="4805B5CB" w14:textId="77777777" w:rsidR="00BF5F54" w:rsidRDefault="00BF5F54" w:rsidP="00612F82">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D82CE11" w14:textId="77777777" w:rsidR="006905CF" w:rsidRDefault="006905CF" w:rsidP="00612F82">
+    <w:p w14:paraId="34D0B32E" w14:textId="77777777" w:rsidR="00BF5F54" w:rsidRDefault="00BF5F54" w:rsidP="00612F82">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
@@ -2561,181 +2573,202 @@
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6335FABC" w14:textId="77777777" w:rsidR="00DF1A57" w:rsidRDefault="00DF1A57" w:rsidP="00703CB6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="29B71945" w14:textId="6FD464C0" w:rsidR="00DF1A57" w:rsidRPr="00FF67E1" w:rsidRDefault="00FF67E1" w:rsidP="00AE3C16">
+  <w:p w14:paraId="576BABFC" w14:textId="34144C24" w:rsidR="00FF67E1" w:rsidRPr="00722022" w:rsidRDefault="00FF67E1" w:rsidP="00444BCC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00722022">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Ortho-Bionomy® is a registered trademark of the Society of Ortho-Bionomy International, Inc. </w:t>
+    </w:r>
+    <w:r w:rsidR="00444BCC">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>and is used with permission.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1A1B707D" w14:textId="6E176773" w:rsidR="00DF1A57" w:rsidRDefault="00DF1A57" w:rsidP="00703CB6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:ind w:right="360"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5069B528" w14:textId="77777777" w:rsidR="00444BCC" w:rsidRPr="00FF67E1" w:rsidRDefault="00444BCC" w:rsidP="00444BCC">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="10231" w:y="34"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FF67E1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:id w:val="-1321336303"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="00DF1A57" w:rsidRPr="00703CB6">
+        <w:r w:rsidRPr="00703CB6">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00DF1A57" w:rsidRPr="00703CB6">
+        <w:r w:rsidRPr="00703CB6">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidR="00DF1A57" w:rsidRPr="00703CB6">
+        <w:r w:rsidRPr="00703CB6">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00DF1A57" w:rsidRPr="00703CB6">
+        <w:r w:rsidRPr="00703CB6">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00DF1A57" w:rsidRPr="00703CB6">
+        <w:r w:rsidRPr="00703CB6">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00FF67E1">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> of 1</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="576BABFC" w14:textId="77777777" w:rsidR="00FF67E1" w:rsidRPr="00722022" w:rsidRDefault="00FF67E1" w:rsidP="00FF67E1">
+  <w:p w14:paraId="5B6D5E98" w14:textId="282C1905" w:rsidR="00444BCC" w:rsidRPr="00703CB6" w:rsidRDefault="00444BCC" w:rsidP="00703CB6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
+      <w:rPr>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-    </w:pPr>
-[...27 lines deleted...]
-      <w:t>and is used with permission.</w:t>
+      <w:t>Updated September 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="55AF2BC9" w14:textId="383F1233" w:rsidR="00373430" w:rsidRDefault="00373430" w:rsidP="00703CB6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00CF5DF9">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Ortho-Bionomy</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF5DF9">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:i/>
@@ -2872,77 +2905,67 @@
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:i/>
         <w:spacing w:val="-7"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00CF5DF9">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>permission</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0754795A" w14:textId="77777777" w:rsidR="006905CF" w:rsidRDefault="006905CF" w:rsidP="00612F82">
+    <w:p w14:paraId="53D45FFE" w14:textId="77777777" w:rsidR="00BF5F54" w:rsidRDefault="00BF5F54" w:rsidP="00612F82">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F3619F0" w14:textId="77777777" w:rsidR="006905CF" w:rsidRDefault="006905CF" w:rsidP="00612F82">
+    <w:p w14:paraId="0919789B" w14:textId="77777777" w:rsidR="00BF5F54" w:rsidRDefault="00BF5F54" w:rsidP="00612F82">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3A2C0169" w14:textId="46A89823" w:rsidR="00133FE8" w:rsidRDefault="00133FE8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CE15101" wp14:editId="10807EB8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4978400</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-168910</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1428750" cy="403602"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapNone/>
           <wp:docPr id="730913384" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -2969,51 +2992,51 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1428750" cy="403602"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7A9BA20F" w14:textId="5BBFCACB" w:rsidR="00FA43D0" w:rsidRDefault="00FA43D0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67D3C627" wp14:editId="77A29880">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5010150</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-165100</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1428750" cy="403602"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapNone/>
           <wp:docPr id="907741898" name="Picture 907741898"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -14162,50 +14185,51 @@
     <w:rsid w:val="003C6026"/>
     <w:rsid w:val="003D0C11"/>
     <w:rsid w:val="003D15CE"/>
     <w:rsid w:val="003D6AEC"/>
     <w:rsid w:val="003E55F2"/>
     <w:rsid w:val="003E675F"/>
     <w:rsid w:val="003F5A15"/>
     <w:rsid w:val="003F7205"/>
     <w:rsid w:val="003F7481"/>
     <w:rsid w:val="00401E32"/>
     <w:rsid w:val="004033C2"/>
     <w:rsid w:val="00403B38"/>
     <w:rsid w:val="00410C96"/>
     <w:rsid w:val="004115BF"/>
     <w:rsid w:val="00413833"/>
     <w:rsid w:val="00413B62"/>
     <w:rsid w:val="00416BBE"/>
     <w:rsid w:val="004179EC"/>
     <w:rsid w:val="00427623"/>
     <w:rsid w:val="004336AB"/>
     <w:rsid w:val="00433803"/>
     <w:rsid w:val="004342A1"/>
     <w:rsid w:val="004344B5"/>
     <w:rsid w:val="00434F40"/>
     <w:rsid w:val="00435E00"/>
+    <w:rsid w:val="00444BCC"/>
     <w:rsid w:val="00451820"/>
     <w:rsid w:val="00452B67"/>
     <w:rsid w:val="00454783"/>
     <w:rsid w:val="00455410"/>
     <w:rsid w:val="00455CC9"/>
     <w:rsid w:val="00456855"/>
     <w:rsid w:val="00462A0A"/>
     <w:rsid w:val="00463248"/>
     <w:rsid w:val="00466149"/>
     <w:rsid w:val="004667A0"/>
     <w:rsid w:val="004709B6"/>
     <w:rsid w:val="0048079A"/>
     <w:rsid w:val="004824D0"/>
     <w:rsid w:val="00482B2F"/>
     <w:rsid w:val="004850D6"/>
     <w:rsid w:val="00493D2F"/>
     <w:rsid w:val="00493E9F"/>
     <w:rsid w:val="0049564B"/>
     <w:rsid w:val="004A1891"/>
     <w:rsid w:val="004A26FD"/>
     <w:rsid w:val="004A7693"/>
     <w:rsid w:val="004B1CA7"/>
     <w:rsid w:val="004C035A"/>
     <w:rsid w:val="004C0EE0"/>
     <w:rsid w:val="004C3197"/>
@@ -14542,50 +14566,51 @@
     <w:rsid w:val="00B64761"/>
     <w:rsid w:val="00B65997"/>
     <w:rsid w:val="00B6600A"/>
     <w:rsid w:val="00B67412"/>
     <w:rsid w:val="00B70671"/>
     <w:rsid w:val="00B83D4F"/>
     <w:rsid w:val="00B84CF3"/>
     <w:rsid w:val="00B901CE"/>
     <w:rsid w:val="00B96823"/>
     <w:rsid w:val="00B97A83"/>
     <w:rsid w:val="00BA6619"/>
     <w:rsid w:val="00BA7757"/>
     <w:rsid w:val="00BB318C"/>
     <w:rsid w:val="00BB5E85"/>
     <w:rsid w:val="00BB65A8"/>
     <w:rsid w:val="00BC28C8"/>
     <w:rsid w:val="00BC56BD"/>
     <w:rsid w:val="00BD3C64"/>
     <w:rsid w:val="00BD4CB3"/>
     <w:rsid w:val="00BD634B"/>
     <w:rsid w:val="00BE5A64"/>
     <w:rsid w:val="00BF16B1"/>
     <w:rsid w:val="00BF2C2E"/>
     <w:rsid w:val="00BF35D4"/>
     <w:rsid w:val="00BF4780"/>
+    <w:rsid w:val="00BF5F54"/>
     <w:rsid w:val="00BF6032"/>
     <w:rsid w:val="00BF6BF1"/>
     <w:rsid w:val="00C01A4E"/>
     <w:rsid w:val="00C07262"/>
     <w:rsid w:val="00C07607"/>
     <w:rsid w:val="00C07B6F"/>
     <w:rsid w:val="00C15ACA"/>
     <w:rsid w:val="00C24736"/>
     <w:rsid w:val="00C254BB"/>
     <w:rsid w:val="00C3411A"/>
     <w:rsid w:val="00C42646"/>
     <w:rsid w:val="00C43B30"/>
     <w:rsid w:val="00C4404C"/>
     <w:rsid w:val="00C443C3"/>
     <w:rsid w:val="00C46644"/>
     <w:rsid w:val="00C509C3"/>
     <w:rsid w:val="00C51EA3"/>
     <w:rsid w:val="00C5361A"/>
     <w:rsid w:val="00C60F8D"/>
     <w:rsid w:val="00C60FB5"/>
     <w:rsid w:val="00C63D73"/>
     <w:rsid w:val="00C67170"/>
     <w:rsid w:val="00C67A66"/>
     <w:rsid w:val="00C72710"/>
     <w:rsid w:val="00C816F0"/>
@@ -16091,58 +16116,58 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1402480818">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -16418,70 +16443,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F569E036-B9A6-404D-AB5B-CF3CFC539657}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>136</Words>
-  <Characters>950</Characters>
+  <Words>162</Words>
+  <Characters>924</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1055</CharactersWithSpaces>
+  <CharactersWithSpaces>1084</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ian Jorgensen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>